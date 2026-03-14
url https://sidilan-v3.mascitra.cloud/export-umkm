--- v0 (2026-01-12)
+++ v1 (2026-03-14)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>TOTAL MIKRO : 1</t>
   </si>
   <si>
-    <t>TOTAL KECIL : 2</t>
+    <t>TOTAL KECIL : 3</t>
   </si>
   <si>
     <t>TOTAL MENENGAH : 0</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>KECAMATAN</t>
   </si>
   <si>
     <t>JUMLAH</t>
   </si>
   <si>
     <t>MIKRO</t>
   </si>
   <si>
     <t>KECIL</t>
   </si>
   <si>
     <t>MENENGAH</t>
   </si>
   <si>
     <t>TEMPURSARI</t>
   </si>
@@ -802,51 +802,51 @@
       </c>
       <c r="B19" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="11">
         <v>0</v>
       </c>
       <c r="D19" s="11">
         <v>0</v>
       </c>
       <c r="E19" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="11">
         <v>14</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="11">
         <v>0</v>
       </c>
       <c r="D20" s="11">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E20" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="11">
         <v>15</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="11">
         <v>0</v>
       </c>
       <c r="D21" s="11">
         <v>0</v>
       </c>
       <c r="E21" s="11">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="11">
         <v>16</v>